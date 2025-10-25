--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f0878a1dfea45ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44a28a4925aa473a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R605c914a57e3456b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a4995cd784b40c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R457375c10dbb4a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R605c914a57e3456b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1ad6818a97b4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a4995cd784b40c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>81,620</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,780</x:t>
-[...33 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>77,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,750</x:t>
-[...198 lines deleted...]
-          <x:t>79,195</x:t>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>