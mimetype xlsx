--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44a28a4925aa473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5523438aa88440d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a4995cd784b40c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c434b81a51341c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1ad6818a97b4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a4995cd784b40c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa5b4b2eb127446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c434b81a51341c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>80,430</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>