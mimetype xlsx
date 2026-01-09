--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5523438aa88440d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7df2624862e4fb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c434b81a51341c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re21439eb2a244167"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa5b4b2eb127446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c434b81a51341c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95b9e9739faa4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re21439eb2a244167" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -578,28 +578,55 @@
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,140</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>