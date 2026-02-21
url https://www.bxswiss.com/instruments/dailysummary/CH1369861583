--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7df2624862e4fb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R002e272192914589" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re21439eb2a244167"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d034f5ceb3d40cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95b9e9739faa4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re21439eb2a244167" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaeda12ec95d4736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d034f5ceb3d40cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>83,140</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>