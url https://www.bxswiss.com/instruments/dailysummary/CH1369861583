--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R002e272192914589" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92a8fe74cbe741d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d034f5ceb3d40cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9b71eec10384efe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaeda12ec95d4736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d034f5ceb3d40cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0230f9ecd964553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9b71eec10384efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>