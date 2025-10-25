--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5deb36b53890429c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44333a4d8cf94971" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3553c2ab3cd4d81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d51ab99804c4ad0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ded8132a295423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3553c2ab3cd4d81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd743ad5d3d6a4023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d51ab99804c4ad0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.30% p.a. Multi Barrier Reverse Convertible on Kühne + Nagel, Lonza, Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>