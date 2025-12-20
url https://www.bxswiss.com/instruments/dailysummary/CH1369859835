--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44333a4d8cf94971" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f357bd8ed3470b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d51ab99804c4ad0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6a0ac45a184492c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd743ad5d3d6a4023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d51ab99804c4ad0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4818e526c64edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6a0ac45a184492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.30% p.a. Multi Barrier Reverse Convertible on Kühne + Nagel, Lonza, Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>67,345</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...370 lines deleted...]
-          <x:t>69,520</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>