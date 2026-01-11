--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f357bd8ed3470b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb9238142744ac8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6a0ac45a184492c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R088652c22a6a4ffd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4818e526c64edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6a0ac45a184492c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b9ccfb6af484d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R088652c22a6a4ffd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.30% p.a. Multi Barrier Reverse Convertible on Kühne + Nagel, Lonza, Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,030</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>