--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb9238142744ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f431d241734cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R088652c22a6a4ffd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R615111d179b947be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b9ccfb6af484d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R088652c22a6a4ffd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e8ee8a88df24bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R615111d179b947be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.30% p.a. Multi Barrier Reverse Convertible on Kühne + Nagel, Lonza, Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>88,830</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,620</x:t>
-[...53 lines deleted...]
-          <x:t>85,970</x:t>
+          <x:t>91,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>