--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a93665e18e4828" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e00c54a99bc428b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90565e8cdf8346a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f4f6ceecfa049b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a34f8b9bf174de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90565e8cdf8346a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bc8258bfe9a4906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f4f6ceecfa049b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.80% p.a. Barrier Reverse Convertible on Micron Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>03.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,445</x:t>
-[...576 lines deleted...]
-          <x:t>103,895</x:t>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>