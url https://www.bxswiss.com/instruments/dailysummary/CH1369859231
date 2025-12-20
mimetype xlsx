--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e00c54a99bc428b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7395edd49e274a0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f4f6ceecfa049b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfc813226ed545a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bc8258bfe9a4906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f4f6ceecfa049b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabe88dd04ab14971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfc813226ed545a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.80% p.a. Barrier Reverse Convertible on Micron Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>103,375</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>