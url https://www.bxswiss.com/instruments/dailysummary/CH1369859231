--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7395edd49e274a0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1262d45f106f4fef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfc813226ed545a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf780623c11545f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabe88dd04ab14971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfc813226ed545a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b7c700671241d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf780623c11545f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.80% p.a. Barrier Reverse Convertible on Micron Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>