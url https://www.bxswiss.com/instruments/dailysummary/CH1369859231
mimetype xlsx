--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1262d45f106f4fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3576cd4b0a0e4805" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf780623c11545f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7077601f60d64554"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b7c700671241d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf780623c11545f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d0b9a4d82464c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7077601f60d64554" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.80% p.a. Barrier Reverse Convertible on Micron Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,835</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>