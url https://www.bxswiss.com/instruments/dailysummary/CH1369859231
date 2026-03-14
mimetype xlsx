--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3576cd4b0a0e4805" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd23de64f047b43fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7077601f60d64554"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cc9a2963988448e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d0b9a4d82464c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7077601f60d64554" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83fb3d7aa46f4c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cc9a2963988448e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.80% p.a. Barrier Reverse Convertible on Micron Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>