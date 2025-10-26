--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f78933fced477e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R464c1bf076184f55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c18e785f1f4978"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3595f2b7435b4af4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf80531fba3304cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c18e785f1f4978" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4425de5d217440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3595f2b7435b4af4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on Micron Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>103,895</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,835</x:t>
-[...21 lines deleted...]
-          <x:t>103,975</x:t>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>104,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>