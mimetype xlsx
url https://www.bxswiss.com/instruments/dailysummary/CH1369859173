--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R464c1bf076184f55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a7ac150757f4c1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3595f2b7435b4af4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f6a2fd3efff484d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4425de5d217440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3595f2b7435b4af4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R180eb2bf0a16401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f6a2fd3efff484d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on Micron Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>103,655</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>