--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a7ac150757f4c1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53762a1b1f5440ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f6a2fd3efff484d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7d1af27e5294b59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R180eb2bf0a16401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f6a2fd3efff484d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ef3dee9f4f949e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7d1af27e5294b59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on Micron Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>