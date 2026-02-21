--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53762a1b1f5440ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ada53ccb2ad4b2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7d1af27e5294b59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4b214029cca4f05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ef3dee9f4f949e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7d1af27e5294b59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4041d74c244d452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4b214029cca4f05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on Micron Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,930</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>