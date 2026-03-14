--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ada53ccb2ad4b2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b213be772d42a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4b214029cca4f05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd017678a46b440f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4041d74c244d452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4b214029cca4f05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R308b70c3c57345ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd017678a46b440f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on Micron Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>