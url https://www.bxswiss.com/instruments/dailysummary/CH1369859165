--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra575b5114fbd4d79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8f133d77e994848" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdf8d41545f34e81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ad766afd315433f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra459a60a1dff4439" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdf8d41545f34e81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R115b012952e2457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ad766afd315433f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,245</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,195</x:t>
-[...107 lines deleted...]
-          <x:t>104,165</x:t>
+          <x:t>104,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>104,355</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>104,345</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,155</x:t>
-[...16 lines deleted...]
-          <x:t>104,225</x:t>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,145</x:t>
-[...26 lines deleted...]
-          <x:t>104,035</x:t>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>