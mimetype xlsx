--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8f133d77e994848" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R181495b86c284e77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ad766afd315433f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06d7bd0767894113"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R115b012952e2457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ad766afd315433f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c16a94f1d14d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06d7bd0767894113" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>103,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>103,695</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,715</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>103,595</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,575</x:t>
-[...139 lines deleted...]
-          <x:t>103,165</x:t>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>