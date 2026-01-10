--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R181495b86c284e77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9db1109af47d4ee0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06d7bd0767894113"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1145e69ce1f4e6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c16a94f1d14d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06d7bd0767894113" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07968b926c95482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1145e69ce1f4e6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>103,185</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>103,405</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,405</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>103,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>103,435</x:t>
-        </x:is>
-[...332 lines deleted...]
-          <x:t>103,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>