--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9db1109af47d4ee0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8fa862bcbf944f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1145e69ce1f4e6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R083ccb627178448d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07968b926c95482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1145e69ce1f4e6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82f57c2fec52480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R083ccb627178448d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>103,435</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>