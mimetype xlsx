--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8fa862bcbf944f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91163c09f87d4230" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R083ccb627178448d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cbd4508f61149e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82f57c2fec52480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R083ccb627178448d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf6637edaac94239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cbd4508f61149e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>