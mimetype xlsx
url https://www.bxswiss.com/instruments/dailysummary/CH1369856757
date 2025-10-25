--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16808bdcfa44e7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf92a5278e5a40f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b3e76f3d41c44c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R705b8fc8840548ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24290d81454842cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b3e76f3d41c44c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f458d335db04074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R705b8fc8840548ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Mercedes-Benz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369856757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,940</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,030</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>95,890</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,430</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>96,830</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>