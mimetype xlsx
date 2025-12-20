--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf92a5278e5a40f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb295702ef33474f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R705b8fc8840548ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6e7a62026624b80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f458d335db04074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R705b8fc8840548ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R495d57e62b9040e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6e7a62026624b80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Mercedes-Benz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369856757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>96,840</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,700</x:t>
-[...436 lines deleted...]
-          <x:t>95,680</x:t>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>