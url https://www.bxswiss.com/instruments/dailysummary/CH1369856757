--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb295702ef33474f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re02e3e8f61374aae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6e7a62026624b80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R309de8f924984b82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R495d57e62b9040e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6e7a62026624b80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44b685d740ba4cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R309de8f924984b82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Mercedes-Benz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369856757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>98,470</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,470</x:t>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,620</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,540</x:t>
-[...38 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,300</x:t>
-[...48 lines deleted...]
-          <x:t>98,970</x:t>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,670</x:t>
-[...6 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,770</x:t>
-        </x:is>
-[...197 lines deleted...]
-          <x:t>98,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>