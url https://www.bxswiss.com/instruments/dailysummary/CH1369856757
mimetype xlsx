--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re02e3e8f61374aae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re91ef22091aa40ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R309de8f924984b82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7117c3d14624cab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44b685d740ba4cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R309de8f924984b82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R531f2c28497b44c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7117c3d14624cab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Mercedes-Benz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369856757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>