--- v4 (2026-01-12)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re91ef22091aa40ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ece26e952ba4aaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7117c3d14624cab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbac64d3408074ba8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R531f2c28497b44c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7117c3d14624cab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R334b81bfe3e4493e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbac64d3408074ba8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Mercedes-Benz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369856757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,020</x:t>
-[...107 lines deleted...]
-          <x:t>98,950</x:t>
+          <x:t>98,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,650</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>98,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>98,760</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,770</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>98,770</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>