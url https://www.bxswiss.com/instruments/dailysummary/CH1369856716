--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc457fd9d2a64061" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95566141d4694778" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99efbf9ed3b247ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb6c07237b94892"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67c14abff5994be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99efbf9ed3b247ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098cf2e6380c4ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb6c07237b94892" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369856716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,200</x:t>
-[...36 lines deleted...]
-          <x:t>83,720</x:t>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>