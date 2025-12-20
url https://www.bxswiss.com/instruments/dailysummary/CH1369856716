--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95566141d4694778" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde6d8bfe01c4ffc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb6c07237b94892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfb5129fcd384cd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098cf2e6380c4ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb6c07237b94892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd89d6e48d8c6473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfb5129fcd384cd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369856716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...365 lines deleted...]
-          <x:t>92,940</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,850</x:t>
-[...144 lines deleted...]
-          <x:t>97,370</x:t>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>