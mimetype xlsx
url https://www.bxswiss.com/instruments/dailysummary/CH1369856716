--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde6d8bfe01c4ffc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5905f7f047ce43c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfb5129fcd384cd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d5ddc3ee31042d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd89d6e48d8c6473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfb5129fcd384cd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31a992bc28be424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d5ddc3ee31042d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369856716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>94,440</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,540</x:t>
-[...11 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,690</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>95,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>