--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5905f7f047ce43c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c7e7b10a7e4ea5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d5ddc3ee31042d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd52ca7a2d857420d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31a992bc28be424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d5ddc3ee31042d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76b22040643043e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd52ca7a2d857420d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369856716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,010</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>