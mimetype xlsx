--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd60c5be4044e67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b6811d708244335" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7aeb2d4046b4655"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R611dc110ab8f498f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe3fe6aca6c74c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7aeb2d4046b4655" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02e963f669cb463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R611dc110ab8f498f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on FuW Swiss 50 Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369855874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>