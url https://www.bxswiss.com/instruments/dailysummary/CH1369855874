--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b6811d708244335" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb839d35e2ab34046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R611dc110ab8f498f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaff35bd190c4828"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02e963f669cb463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R611dc110ab8f498f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74fba6d1c8f34e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaff35bd190c4828" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on FuW Swiss 50 Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369855874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,326 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>