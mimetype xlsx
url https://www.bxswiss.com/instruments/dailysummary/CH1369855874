--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb839d35e2ab34046" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85c6965becd14d62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaff35bd190c4828"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49c49ae24b884d5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74fba6d1c8f34e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaff35bd190c4828" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65598a7de2d046e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49c49ae24b884d5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on FuW Swiss 50 Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369855874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,155 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,075</x:t>
         </x:is>
       </x:c>
@@ -444,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>