--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85c6965becd14d62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f60219851b405a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49c49ae24b884d5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f81ddf23eb44194"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65598a7de2d046e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49c49ae24b884d5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2095f21710d7423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f81ddf23eb44194" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on FuW Swiss 50 Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369855874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...421 lines deleted...]
-          <x:t>107,480</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,480</x:t>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>