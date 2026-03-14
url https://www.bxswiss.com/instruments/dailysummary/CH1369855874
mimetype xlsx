--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f60219851b405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda55b1150878447b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f81ddf23eb44194"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5cdaf94ee5149df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2095f21710d7423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f81ddf23eb44194" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc7ea9e9a2dd4007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5cdaf94ee5149df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on FuW Swiss 50 Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369855874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>106,635</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,910</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>106,255</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,005</x:t>
-[...517 lines deleted...]
-          <x:t>109,550</x:t>
+          <x:t>106,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>