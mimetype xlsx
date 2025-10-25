--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15d7014268944654" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00a6d6731cdc44c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f25cc33e003458f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d5838dc6324d35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18620b5090724550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f25cc33e003458f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31394ccadd994ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d5838dc6324d35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369854638</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>