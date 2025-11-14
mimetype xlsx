--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00a6d6731cdc44c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7727c22a06c94552" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d5838dc6324d35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e560426f824f8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31394ccadd994ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d5838dc6324d35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c8bc59c06244031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e560426f824f8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369854638</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>