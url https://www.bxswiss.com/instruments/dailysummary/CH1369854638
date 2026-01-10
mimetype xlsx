--- v2 (2025-11-14)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7727c22a06c94552" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99033edca8184007" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e560426f824f8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1ed6b4c5bf24e16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c8bc59c06244031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e560426f824f8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e81e8011a54aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1ed6b4c5bf24e16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369854638</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>101,920</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>