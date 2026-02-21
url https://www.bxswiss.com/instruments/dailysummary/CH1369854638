--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99033edca8184007" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dcad717d0d341c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1ed6b4c5bf24e16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84849a8e6d684c35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e81e8011a54aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1ed6b4c5bf24e16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cd15223e7434452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84849a8e6d684c35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369854638</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>101,115</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>