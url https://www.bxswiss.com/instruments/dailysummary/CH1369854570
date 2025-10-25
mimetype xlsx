--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd604fa855b044d91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb74ccbad56645b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dbdd4bc0a0e47a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98f4391b5a834235"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14f02403abbb4e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dbdd4bc0a0e47a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R594251811de3486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98f4391b5a834235" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Barrier Reverse Convertible on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369854570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>101,990</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,240</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>102,270</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,380</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,780</x:t>
-[...58 lines deleted...]
-          <x:t>102,670</x:t>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,700</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>102,660</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,700</x:t>
-        </x:is>
-[...197 lines deleted...]
-          <x:t>102,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>