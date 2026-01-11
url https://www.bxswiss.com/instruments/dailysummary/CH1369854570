--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb74ccbad56645b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d6e50824204460" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98f4391b5a834235"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffa22d60ecf443a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R594251811de3486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98f4391b5a834235" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf812f6f1410f4108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffa22d60ecf443a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Barrier Reverse Convertible on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369854570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>102,490</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,320</x:t>
-[...43 lines deleted...]
-          <x:t>102,400</x:t>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,320</x:t>
-[...16 lines deleted...]
-          <x:t>102,300</x:t>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,280</x:t>
-[...313 lines deleted...]
-          <x:t>102,650</x:t>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,480</x:t>
-[...161 lines deleted...]
-          <x:t>102,700</x:t>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>