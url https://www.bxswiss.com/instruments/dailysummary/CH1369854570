--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d6e50824204460" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R199c1f0de34b4283" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffa22d60ecf443a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R092b091c50bf407b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf812f6f1410f4108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffa22d60ecf443a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62d99ad568ba4234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R092b091c50bf407b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Barrier Reverse Convertible on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369854570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>102,420</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,390</x:t>
-[...33 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>102,290</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,090</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,290</x:t>
-[...117 lines deleted...]
-          <x:t>102,030</x:t>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>