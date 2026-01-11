--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R940b06d3c8934abd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9c45ec206b645cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra70a3551cef04d04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf709d62eaa7a46bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red2649c72967499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra70a3551cef04d04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72613e6911c14854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf709d62eaa7a46bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Sui Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1360612159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>