--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9c45ec206b645cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804f3271cba544e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf709d62eaa7a46bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe84236bd09445ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72613e6911c14854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf709d62eaa7a46bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d8c6f63efe64132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe84236bd09445ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Sui Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1360612159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>42,111</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>