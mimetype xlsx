--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804f3271cba544e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9524df1c71447b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe84236bd09445ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ceaff30808a44f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d8c6f63efe64132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe84236bd09445ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb7bcb53472c4ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ceaff30808a44f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Sui Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1360612159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>