--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2915004e198e4fb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2b7cc655fa64534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4296e195f5549e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b4cdd6a25fe4faa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66caa9e3a396424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4296e195f5549e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re31acf9a758147ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b4cdd6a25fe4faa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf SGS SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1360191659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,245</x:t>
-[...6 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,265</x:t>
-[...16 lines deleted...]
-          <x:t>0,315</x:t>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,315</x:t>
+          <x:t>0,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,530</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,480</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,470</x:t>
-[...490 lines deleted...]
-          <x:t>0,400</x:t>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>