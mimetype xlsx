--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2b7cc655fa64534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3866218335df429d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b4cdd6a25fe4faa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b765eb547894e91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re31acf9a758147ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b4cdd6a25fe4faa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00b0a8f9b5e14bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b765eb547894e91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf SGS SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1360191659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>0,440</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,430</x:t>
-[...11 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,670</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>