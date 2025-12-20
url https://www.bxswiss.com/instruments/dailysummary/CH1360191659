--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3866218335df429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87deb2b419d94fe8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b765eb547894e91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R459f18afaf7f4718"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00b0a8f9b5e14bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b765eb547894e91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a864cd0ded64e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R459f18afaf7f4718" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf SGS SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1360191659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,480</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>14.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,480</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,550</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,580</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,570</x:t>
-[...26 lines deleted...]
-          <x:t>0,640</x:t>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,670</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>0,840</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>