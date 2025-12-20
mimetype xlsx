--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84ed0a3e7c0f4faf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5a68e431a614f85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ec1470412ea473c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R905104f89c9e4b46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R682499eb38ea4de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ec1470412ea473c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39f8bce771354098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R905104f89c9e4b46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv Downside Control Ethereum ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1358852585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>24,170</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>