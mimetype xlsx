--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5a68e431a614f85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3c8985452cb470f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R905104f89c9e4b46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45f90bdc94044d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39f8bce771354098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R905104f89c9e4b46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R498421a76edc47bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45f90bdc94044d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv Downside Control Ethereum ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1358852585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>17,550</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,054</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>17,084</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,414</x:t>
-[...43 lines deleted...]
-          <x:t>17,290</x:t>
+          <x:t>17,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,270</x:t>
-[...328 lines deleted...]
-          <x:t>17,208</x:t>
+          <x:t>17,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>