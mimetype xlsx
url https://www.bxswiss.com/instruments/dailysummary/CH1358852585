--- v2 (2026-01-11)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3c8985452cb470f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R160b47abf6784208" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45f90bdc94044d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe887fe19700493c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R498421a76edc47bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45f90bdc94044d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b22fb0dfad24130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe887fe19700493c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv Downside Control Ethereum ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1358852585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>17,900</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,384</x:t>
-[...16 lines deleted...]
-          <x:t>17,540</x:t>
+          <x:t>17,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,206</x:t>
-[...355 lines deleted...]
-          <x:t>17,522</x:t>
+          <x:t>17,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>