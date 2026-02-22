--- v3 (2026-01-31)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R160b47abf6784208" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R412c25576bb34268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe887fe19700493c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22f39747f3664184"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b22fb0dfad24130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe887fe19700493c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e058042c7f248f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22f39747f3664184" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv Downside Control Ethereum ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1358852585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,592</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>