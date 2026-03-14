--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R412c25576bb34268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ebb875e2fdd4874" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22f39747f3664184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaa2fb0a78124d11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e058042c7f248f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22f39747f3664184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0030e651b6eb4e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaa2fb0a78124d11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv Downside Control Ethereum ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1358852585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>12,600</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,562</x:t>
+          <x:t>12,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...26 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,966</x:t>
-[...124 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>13,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,850</x:t>
-[...90 lines deleted...]
-          <x:t>12,708</x:t>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>