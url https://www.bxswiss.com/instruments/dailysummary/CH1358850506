--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R477aba8351f64924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71e01a55966b41d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519cae3f29bb434c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8842473fca04cb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,237 +91,357 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19eb4e8706d846a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519cae3f29bb434c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93411fecf198473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8842473fca04cb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Bonus Outperformance Certificate on Baloise</x:t>
+          <x:t>Bonus Outperformance Certificate on Helvetia Baloise</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1358850506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>