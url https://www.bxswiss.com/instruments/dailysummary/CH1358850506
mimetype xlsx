--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71e01a55966b41d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78570676181b43e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8842473fca04cb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d8dea52ed04df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93411fecf198473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8842473fca04cb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb47c173325454d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d8dea52ed04df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Helvetia Baloise</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1358850506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,915</x:t>
@@ -417,31 +319,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>