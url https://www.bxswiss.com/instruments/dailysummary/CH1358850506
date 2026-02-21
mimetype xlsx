--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78570676181b43e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dbc770a036d48e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d8dea52ed04df8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cc73af280fc4acf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb47c173325454d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d8dea52ed04df8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re23327c0d6254e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cc73af280fc4acf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Helvetia Baloise</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1358850506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,444 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>128,305</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...316 lines deleted...]
-          <x:t>128,695</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>