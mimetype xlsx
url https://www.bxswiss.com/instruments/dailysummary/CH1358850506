--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dbc770a036d48e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83c5e31b99594766" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cc73af280fc4acf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fe8dbf26fd84a07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re23327c0d6254e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cc73af280fc4acf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9611177273664da2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fe8dbf26fd84a07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Helvetia Baloise</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1358850506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>125,300</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>124,760</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,985</x:t>
-[...335 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>124,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,510</x:t>
-[...171 lines deleted...]
-          <x:t>127,850</x:t>
+          <x:t>123,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>