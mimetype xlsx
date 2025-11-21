--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref97f8ab5aaa4b4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8ae4577cb23464d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65852894ffca436a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5519f4d823cb4072"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5937bf6ce03844f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65852894ffca436a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81f7eba82e0f41d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5519f4d823cb4072" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Kühne + Nagel International AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1350425448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,440</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,530</x:t>
-[...33 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>3,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,460</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>3,370</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,380</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,440</x:t>
-        </x:is>
-[...467 lines deleted...]
-          <x:t>3,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>