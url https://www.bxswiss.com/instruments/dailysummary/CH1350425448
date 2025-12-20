--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8ae4577cb23464d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30795099cd34428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5519f4d823cb4072"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11945fbc33324949"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81f7eba82e0f41d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5519f4d823cb4072" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1cdc4ce09104d84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11945fbc33324949" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Kühne + Nagel International AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1350425448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,390</x:t>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,390</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,320</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>3,310</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>3,240</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>12.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,250</x:t>
-[...171 lines deleted...]
-          <x:t>3,440</x:t>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>