--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdde694bc54741af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a16747e0db04ee8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re866c2c3fd804655"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a1e2970db43420f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb30988538e4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re866c2c3fd804655" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e25fe406dc6472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a1e2970db43420f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Birkenstock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349987540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>