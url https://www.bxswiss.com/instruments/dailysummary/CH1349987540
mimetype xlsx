--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a16747e0db04ee8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf54e496ae196405d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a1e2970db43420f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcbd6a26b050408e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e25fe406dc6472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a1e2970db43420f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a5f15e34834104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcbd6a26b050408e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Birkenstock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349987540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,710</x:t>
-[...210 lines deleted...]
-          <x:t>94,520</x:t>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,720</x:t>
-[...21 lines deleted...]
-          <x:t>96,310</x:t>
+          <x:t>96,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,000</x:t>
-[...53 lines deleted...]
-          <x:t>97,010</x:t>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>