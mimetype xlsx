--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffc306e0a3c8448a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a74521c96a43d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5695103fa50f4c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cd802a86b714573"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d142309bbf24ed0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5695103fa50f4c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R909e85e2f8904e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cd802a86b714573" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Certificate on FuW Swiss 50 Index NTR, Gold, WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349984968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...110 lines deleted...]
-        <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>