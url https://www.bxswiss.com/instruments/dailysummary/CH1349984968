--- v1 (2025-10-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a74521c96a43d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175685c562d44b2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cd802a86b714573"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b1531678ae54a1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R909e85e2f8904e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cd802a86b714573" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15f6e9ba13664cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b1531678ae54a1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Certificate on FuW Swiss 50 Index NTR, Gold, WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349984968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,491 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>