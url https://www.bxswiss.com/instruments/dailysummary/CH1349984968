--- v2 (2026-01-09)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175685c562d44b2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53e31be694c24fe9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b1531678ae54a1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c62b572523e459c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15f6e9ba13664cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b1531678ae54a1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8675b9391ab746de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c62b572523e459c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Certificate on FuW Swiss 50 Index NTR, Gold, WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349984968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,491 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...281 lines deleted...]
-          <x:t>87,370</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,070</x:t>
-[...166 lines deleted...]
-          <x:t>84,330</x:t>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>