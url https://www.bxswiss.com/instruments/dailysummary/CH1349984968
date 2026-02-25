--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53e31be694c24fe9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10904305d7d14659" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c62b572523e459c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R946da4d63b2f4f62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8675b9391ab746de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c62b572523e459c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f7a4955a644f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R946da4d63b2f4f62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Certificate on FuW Swiss 50 Index NTR, Gold, WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349984968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -717,50 +312,428 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,340</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>