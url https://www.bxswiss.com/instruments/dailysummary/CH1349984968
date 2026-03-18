--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10904305d7d14659" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R917e6628482e4cf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R946da4d63b2f4f62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b745a60323045ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f7a4955a644f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R946da4d63b2f4f62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f9cebc1f1f4167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b745a60323045ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Certificate on FuW Swiss 50 Index NTR, Gold, WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349984968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>93,690</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>