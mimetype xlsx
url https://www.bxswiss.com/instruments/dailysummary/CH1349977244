--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd58d8402356e4cf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf6706e512ff4c20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbd145aa378f4d68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb4be50ee9e46e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad20e506bb9642b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbd145aa378f4d68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bd78dea0b0f4316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb4be50ee9e46e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>96,840</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,040</x:t>
-[...16 lines deleted...]
-          <x:t>96,240</x:t>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,320</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>96,410</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>