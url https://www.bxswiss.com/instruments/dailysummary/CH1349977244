--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf6706e512ff4c20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0a8b36b801744d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb4be50ee9e46e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b2f3d42f23f4d5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bd78dea0b0f4316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb4be50ee9e46e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1ddeaf7ea9a4f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b2f3d42f23f4d5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>95,090</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,020</x:t>
-[...92 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>98,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,800</x:t>
-[...188 lines deleted...]
-          <x:t>100,420</x:t>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>