--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0a8b36b801744d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31bb3c2cdfe8408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b2f3d42f23f4d5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re411e5651ddb4a0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1ddeaf7ea9a4f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b2f3d42f23f4d5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R842f4af6b66144ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re411e5651ddb4a0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>96,320</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,180</x:t>
-[...11 lines deleted...]
-          <x:t>96,470</x:t>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,170</x:t>
-[...16 lines deleted...]
-          <x:t>96,280</x:t>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,180</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>96,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,620</x:t>
-[...387 lines deleted...]
-          <x:t>96,690</x:t>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>