--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31bb3c2cdfe8408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3500b7976aaa45bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re411e5651ddb4a0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R008affd4f373459e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R842f4af6b66144ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re411e5651ddb4a0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R464fbe6662994dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R008affd4f373459e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,540</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>97,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,530</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>93,740</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>