--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3500b7976aaa45bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5177c7cc8ab4bba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R008affd4f373459e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5a4bd4305c642e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R464fbe6662994dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R008affd4f373459e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29fd22c3824c4155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5a4bd4305c642e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>95,020</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,530</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>09.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>96,930</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>98,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>