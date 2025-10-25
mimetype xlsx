--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04535309ea0f4114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fed78db03b44fb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2c6b7292ebd47e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a42c16a50db4d95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ecad3cefbae4c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2c6b7292ebd47e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4398172bcc347eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a42c16a50db4d95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,980</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,670</x:t>
-[...625 lines deleted...]
-          <x:t>93,600</x:t>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>