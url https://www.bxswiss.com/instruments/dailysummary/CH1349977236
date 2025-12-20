--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fed78db03b44fb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1ddecb1fbc4cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a42c16a50db4d95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R841d1391eff046b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4398172bcc347eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a42c16a50db4d95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R355423cea9394e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R841d1391eff046b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>93,270</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>06.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,580</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>94,790</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,500</x:t>
-[...323 lines deleted...]
-          <x:t>98,130</x:t>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>