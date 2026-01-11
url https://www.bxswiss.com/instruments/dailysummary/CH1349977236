--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1ddecb1fbc4cba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d372fd1f12432a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R841d1391eff046b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd9cc88b30b9431d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R355423cea9394e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R841d1391eff046b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc003d3fd20a46df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd9cc88b30b9431d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,940</x:t>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,700</x:t>
-[...318 lines deleted...]
-          <x:t>93,900</x:t>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...46 lines deleted...]
-          <x:t>94,760</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>