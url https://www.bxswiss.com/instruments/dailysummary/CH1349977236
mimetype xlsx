--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d372fd1f12432a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbdf1df2268b4747" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd9cc88b30b9431d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d1a8283ff5e4088"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc003d3fd20a46df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd9cc88b30b9431d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb659fd5b6d49499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d1a8283ff5e4088" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,520</x:t>
-[...360 lines deleted...]
-          <x:t>91,590</x:t>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>