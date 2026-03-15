--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbdf1df2268b4747" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09851298d5dd44dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d1a8283ff5e4088"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R618f22fa44744dbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb659fd5b6d49499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d1a8283ff5e4088" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ee043853ad34a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R618f22fa44744dbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>93,000</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,710</x:t>
-[...38 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>12.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>96,230</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>