--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc4557e73eac44b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff6356d4491496e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85796d2f819f458c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3fb261a39694091"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2c556e1b66a4d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85796d2f819f458c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba5aa280599748ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3fb261a39694091" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>95,140</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,480</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>96,070</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,540</x:t>
-[...470 lines deleted...]
-          <x:t>94,970</x:t>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,970</x:t>
-[...31 lines deleted...]
-          <x:t>95,280</x:t>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>