--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff6356d4491496e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1fb375db2b44555" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3fb261a39694091"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00c241cdad94d0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba5aa280599748ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3fb261a39694091" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb54f8c6c158d4982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00c241cdad94d0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>95,180</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,520</x:t>
-[...48 lines deleted...]
-          <x:t>96,120</x:t>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,900</x:t>
-[...156 lines deleted...]
-          <x:t>101,215</x:t>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>99,330</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>