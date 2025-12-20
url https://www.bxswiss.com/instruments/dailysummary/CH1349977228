--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1fb375db2b44555" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee0ebde26be4001" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00c241cdad94d0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aa036c8eb454ec5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb54f8c6c158d4982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00c241cdad94d0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2649c3fdfa0443da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aa036c8eb454ec5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>96,150</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,370</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>95,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>100,550</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>