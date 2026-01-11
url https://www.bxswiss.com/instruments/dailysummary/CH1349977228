--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee0ebde26be4001" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4da3aa8a94d4705" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aa036c8eb454ec5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcdb8b0da5fa49ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2649c3fdfa0443da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aa036c8eb454ec5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re227ce2202fe4e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcdb8b0da5fa49ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>95,020</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,980</x:t>
-[...291 lines deleted...]
-          <x:t>96,750</x:t>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,220</x:t>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>