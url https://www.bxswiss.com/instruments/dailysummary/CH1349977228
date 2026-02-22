--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4da3aa8a94d4705" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2917ca6ef0574c9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcdb8b0da5fa49ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ce4ec2380094aee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re227ce2202fe4e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcdb8b0da5fa49ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbad71977fa154c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ce4ec2380094aee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>94,920</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,720</x:t>
-[...38 lines deleted...]
-          <x:t>94,700</x:t>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,570</x:t>
-[...382 lines deleted...]
-          <x:t>93,130</x:t>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>