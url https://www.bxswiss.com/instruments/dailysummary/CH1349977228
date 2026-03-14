--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2917ca6ef0574c9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62598ce5ba914fc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ce4ec2380094aee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra797f4d4dafc4cef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbad71977fa154c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ce4ec2380094aee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12702bb33bd2470e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra797f4d4dafc4cef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>95,700</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,690</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>