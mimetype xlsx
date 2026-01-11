--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R855f3ba14541496f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69c71c0971c74d54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e52e1061b284d65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb70caade1194914"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R421e99a6f3904cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e52e1061b284d65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56a3b192dd4943bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb70caade1194914" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,320</x:t>
-[...26 lines deleted...]
-          <x:t>96,450</x:t>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,370</x:t>
-[...48 lines deleted...]
-          <x:t>96,190</x:t>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>95,230</x:t>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,070</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>96,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>