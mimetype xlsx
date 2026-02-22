--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69c71c0971c74d54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0463bc63f3784d24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb70caade1194914"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f92824791b64907"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56a3b192dd4943bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb70caade1194914" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R491c3f13692b4a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f92824791b64907" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>95,540</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,420</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,170</x:t>
-[...225 lines deleted...]
-          <x:t>93,120</x:t>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>