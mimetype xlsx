--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0463bc63f3784d24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e2637c8f0d24d62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f92824791b64907"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R086ea817a6fb4aee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R491c3f13692b4a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f92824791b64907" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30a729d9a43a439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R086ea817a6fb4aee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>95,690</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,640</x:t>
-[...70 lines deleted...]
-          <x:t>96,010</x:t>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,490</x:t>
-[...11 lines deleted...]
-          <x:t>95,660</x:t>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,400</x:t>
-[...220 lines deleted...]
-          <x:t>97,120</x:t>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>