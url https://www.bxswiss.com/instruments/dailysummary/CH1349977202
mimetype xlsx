--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca19382b773c4159" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10d1ced82e894a8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c1c1269dc7f44ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd5f54a10056491d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f9eff6e45ac4766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c1c1269dc7f44ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3189273674844d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd5f54a10056491d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>92,460</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,720</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>94,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>