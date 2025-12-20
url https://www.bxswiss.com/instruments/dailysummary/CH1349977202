--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10d1ced82e894a8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe59ab1c31e44ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd5f54a10056491d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53578f8b6d8f435e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3189273674844d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd5f54a10056491d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb7d5a7f3bf84878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53578f8b6d8f435e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,100</x:t>
-[...468 lines deleted...]
-          <x:t>98,580</x:t>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>