--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe59ab1c31e44ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8512916b2214ded" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53578f8b6d8f435e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf1c999991f548b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb7d5a7f3bf84878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53578f8b6d8f435e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cb50315d5f0439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf1c999991f548b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,810</x:t>
-[...31 lines deleted...]
-          <x:t>94,560</x:t>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>93,480</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,360</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>94,630</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>