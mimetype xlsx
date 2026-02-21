--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8512916b2214ded" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2edc8fa342d45ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf1c999991f548b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1ad9f09fd8d4ee1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cb50315d5f0439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf1c999991f548b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b2ddf51fbfb46ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1ad9f09fd8d4ee1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>95,340</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,160</x:t>
-[...38 lines deleted...]
-          <x:t>94,240</x:t>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,320</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>91,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>