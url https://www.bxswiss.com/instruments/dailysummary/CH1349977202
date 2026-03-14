--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2edc8fa342d45ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec0ec648f654918" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1ad9f09fd8d4ee1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08337342d8ca4fd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b2ddf51fbfb46ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1ad9f09fd8d4ee1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6916a23adaa947cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08337342d8ca4fd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,710</x:t>
-[...4 lines deleted...]
-          <x:t>93,430</x:t>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>93,630</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,480</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>95,880</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>