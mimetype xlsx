--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ad92fe584c04388" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb15abbb6161b4b16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra317072bc8cd40ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb72a898001540ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc19850e44b0c429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra317072bc8cd40ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c024c883ed4016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb72a898001540ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf den SMI®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1338509347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,660</x:t>
-[...539 lines deleted...]
-          <x:t>0,713</x:t>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,807</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>