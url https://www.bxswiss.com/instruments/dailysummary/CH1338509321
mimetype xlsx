--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38e655a045d842ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f5d8707dd1e40df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e98a3b74ada4784"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b343f52bb474572"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b12fc0f844b474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e98a3b74ada4784" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8abed70c46d41fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b343f52bb474572" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf den SMI®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1338509321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,074</x:t>
-[...48 lines deleted...]
-          <x:t>1,169</x:t>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...548 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>