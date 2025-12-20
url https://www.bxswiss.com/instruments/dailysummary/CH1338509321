--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f5d8707dd1e40df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5cac24721624ad7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b343f52bb474572"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcc1d2bb70ed4335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8abed70c46d41fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b343f52bb474572" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eeba5d84a5c4136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcc1d2bb70ed4335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf den SMI®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1338509321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>1,442</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,391</x:t>
-[...48 lines deleted...]
-          <x:t>1,468</x:t>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,469</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,516</x:t>
-[...134 lines deleted...]
-          <x:t>1,412</x:t>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>