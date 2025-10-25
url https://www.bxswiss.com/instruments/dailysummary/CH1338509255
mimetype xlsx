--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c334e42de234bb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R356fb5a7b7374a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f675397caf74bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaf21eba1e0e4033"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R967debbd97794c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f675397caf74bcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34627c15f4564f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaf21eba1e0e4033" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf den SMI®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1338509255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1,464</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,420</x:t>
-[...517 lines deleted...]
-          <x:t>1,489</x:t>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>