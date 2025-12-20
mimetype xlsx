--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R356fb5a7b7374a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R417a38de4de24d0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaf21eba1e0e4033"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18cf99319ed8481f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34627c15f4564f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaf21eba1e0e4033" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca09bcb3e47242a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18cf99319ed8481f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Warrant Call auf den SMI®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1338509255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,636</x:t>
-[...80 lines deleted...]
-          <x:t>1,701</x:t>
+          <x:t>1,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>1,496</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,472</x:t>
-[...220 lines deleted...]
-          <x:t>1,607</x:t>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>