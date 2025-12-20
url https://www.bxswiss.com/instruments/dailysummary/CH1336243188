--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9981240a4da476f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf670a6ba38be47e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5203f4d2abb4d00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R940a95ee583541b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42688249f1404219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5203f4d2abb4d00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe06854c94b544d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R940a95ee583541b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Alphabet, Honeywell International, IBM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1336243188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>183,305</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>