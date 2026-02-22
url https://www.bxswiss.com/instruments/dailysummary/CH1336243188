--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf670a6ba38be47e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43a5db2eb29447bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R940a95ee583541b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re12f6951f34b4efe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe06854c94b544d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R940a95ee583541b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5682a82c1cb14cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re12f6951f34b4efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Alphabet, Honeywell International, IBM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1336243188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>223,385</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,320</x:t>
-        </x:is>
-[...332 lines deleted...]
-          <x:t>222,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>