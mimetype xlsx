--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43a5db2eb29447bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92059090a9dc4685" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re12f6951f34b4efe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29ae3c95c1e140af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5682a82c1cb14cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re12f6951f34b4efe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a60e2d6e7e4d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29ae3c95c1e140af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Alphabet, Honeywell International, IBM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1336243188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>