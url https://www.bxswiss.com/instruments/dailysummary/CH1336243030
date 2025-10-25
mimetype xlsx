--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9871b5021cdc4b5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R123c4ba75e244bc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfb3e83c03024cbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92908f610a5b4ddd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8216399ffd649ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfb3e83c03024cbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcb0276822a14149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92908f610a5b4ddd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Barrier Discount Certificate on Bayer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1336243030</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>63,295</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>59,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>62,490</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>57,930</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,610</x:t>
+          <x:t>60,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>59,285</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,285</x:t>
-[...16 lines deleted...]
-          <x:t>59,225</x:t>
+          <x:t>58,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,730</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>62,380</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>