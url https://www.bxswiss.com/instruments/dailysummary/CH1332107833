--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R366e13bcd3514f2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc76a885a904f4ea5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf229f00c290a4345"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11fc56e463664ecf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc992a20ab44349f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf229f00c290a4345" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb43707c41bee4c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11fc56e463664ecf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ALPHABET INC-CL A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1332107833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>7,970</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,810</x:t>
-[...146 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,860</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>8,850</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,795</x:t>
-[...274 lines deleted...]
-          <x:t>8,260</x:t>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>