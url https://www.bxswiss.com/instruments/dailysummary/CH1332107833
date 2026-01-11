--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc76a885a904f4ea5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d91543b236a4b21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11fc56e463664ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red5905d18ccc4bd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb43707c41bee4c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11fc56e463664ecf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcac2248f523e4113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red5905d18ccc4bd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ALPHABET INC-CL A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1332107833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>9,475</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>