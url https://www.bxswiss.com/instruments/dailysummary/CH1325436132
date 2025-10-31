--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0679f726a9494ccb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc1483bb9264f0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R200417051b734967"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re13b229862aa49a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b0a2839106e4894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R200417051b734967" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d096bc5c9b345dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re13b229862aa49a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv All Season Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325436132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>26,353</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,413</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,628</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>26,638</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,603</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>26,845</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>