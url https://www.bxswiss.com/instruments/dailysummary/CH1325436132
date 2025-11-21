--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc1483bb9264f0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3b9b02d3e1e4417" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re13b229862aa49a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc70f804bb3704eb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d096bc5c9b345dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re13b229862aa49a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3bf14713c2b4e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc70f804bb3704eb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv All Season Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325436132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>26,765</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,678</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,678</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,775</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>26,738</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>