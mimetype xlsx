--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3b9b02d3e1e4417" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55b06ec194a84549" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc70f804bb3704eb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8bf3753ba64d8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3bf14713c2b4e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc70f804bb3704eb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a8dd79a17e44a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8bf3753ba64d8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv All Season Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325436132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,905</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>26,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,738</x:t>
-[...431 lines deleted...]
-          <x:t>26,000</x:t>
+          <x:t>26,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>