--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55b06ec194a84549" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f577ebd729746f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8bf3753ba64d8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e53a365dea948a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a8dd79a17e44a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8bf3753ba64d8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd50a4f040cac41da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e53a365dea948a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv All Season Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325436132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>