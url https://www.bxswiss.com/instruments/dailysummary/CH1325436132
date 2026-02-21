--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f577ebd729746f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R599d8dc1f48a4349" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e53a365dea948a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c3914ebc0124a32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd50a4f040cac41da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e53a365dea948a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb35965d00304660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c3914ebc0124a32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv All Season Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325436132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>27,283</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>