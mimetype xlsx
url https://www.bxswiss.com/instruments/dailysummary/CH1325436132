--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R599d8dc1f48a4349" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27e76bedc68c4288" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c3914ebc0124a32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0659d2ebc2b44e1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb35965d00304660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c3914ebc0124a32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f5fe40729204a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0659d2ebc2b44e1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv All Season Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325436132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>27,498</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,528</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>27,668</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,648</x:t>
-[...593 lines deleted...]
-          <x:t>28,125</x:t>
+          <x:t>27,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>