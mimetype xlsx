--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71478ed99cda495b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11d6488d63874d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb23a954bb0844f1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62577f208a9e430e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5671649837054a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb23a954bb0844f1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb193bc0f392749ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62577f208a9e430e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on EURO STOXX 50® Index, Nomura Nikkei 225 - ETF, S&amp;P 500®, Swiss Market Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325428410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,720</x:t>
-[...210 lines deleted...]
-          <x:t>122,200</x:t>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,805</x:t>
-[...97 lines deleted...]
-          <x:t>123,885</x:t>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,715</x:t>
-[...58 lines deleted...]
-          <x:t>123,805</x:t>
+          <x:t>123,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>