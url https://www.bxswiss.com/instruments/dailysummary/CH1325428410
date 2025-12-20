--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11d6488d63874d39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6f576ea4a634957" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62577f208a9e430e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87d5c5fc41ee4b15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb193bc0f392749ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62577f208a9e430e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b1acdcfc3024538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87d5c5fc41ee4b15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on EURO STOXX 50® Index, Nomura Nikkei 225 - ETF, S&amp;P 500®, Swiss Market Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325428410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>122,250</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>123,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,715</x:t>
-[...463 lines deleted...]
-          <x:t>125,905</x:t>
+          <x:t>125,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>