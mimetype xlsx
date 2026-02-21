--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6f576ea4a634957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd1880ef0c004c26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87d5c5fc41ee4b15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d026cd29a54618"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b1acdcfc3024538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87d5c5fc41ee4b15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f47c2519e944e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d026cd29a54618" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on EURO STOXX 50® Index, Nomura Nikkei 225 - ETF, S&amp;P 500®, Swiss Market Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325428410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>129,850</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>