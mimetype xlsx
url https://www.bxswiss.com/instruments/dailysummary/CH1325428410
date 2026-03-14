--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd1880ef0c004c26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R565fd8b6f1fc4f4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d026cd29a54618"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2806baabda64b31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f47c2519e944e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d026cd29a54618" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb38b2f541d804204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2806baabda64b31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on EURO STOXX 50® Index, Nomura Nikkei 225 - ETF, S&amp;P 500®, Swiss Market Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325428410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>