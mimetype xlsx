--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc04478c9f5414c8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99fdf47517ca4e02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0134e443bdf43c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5624d3678df34a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f3eb018f71c4249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0134e443bdf43c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ee0a28d3424055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5624d3678df34a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on EURO STOXX 50® Index, Nomura Nikkei 225 - ETF, S&amp;P 500®, Swiss Market Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325428402</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,110</x:t>
-[...4 lines deleted...]
-          <x:t>119,840</x:t>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>118,865</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,415</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>119,760</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>20.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,675</x:t>
-[...117 lines deleted...]
-          <x:t>120,895</x:t>
+          <x:t>120,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>