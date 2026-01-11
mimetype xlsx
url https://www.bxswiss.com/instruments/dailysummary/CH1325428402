--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99fdf47517ca4e02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1550a5856804979" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5624d3678df34a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86d280c6c85f48d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ee0a28d3424055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5624d3678df34a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc60bc75e1b864b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86d280c6c85f48d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on EURO STOXX 50® Index, Nomura Nikkei 225 - ETF, S&amp;P 500®, Swiss Market Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325428402</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>123,335</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,245</x:t>
-[...21 lines deleted...]
-          <x:t>123,245</x:t>
+          <x:t>123,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,445</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>123,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,695</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>