--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1550a5856804979" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2dfd00780f541c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86d280c6c85f48d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R771d537ab96f46ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc60bc75e1b864b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86d280c6c85f48d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2af07b346298473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R771d537ab96f46ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on EURO STOXX 50® Index, Nomura Nikkei 225 - ETF, S&amp;P 500®, Swiss Market Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325428402</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,180</x:t>
-[...16 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>125,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,160</x:t>
-[...11 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>125,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>125,410</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>