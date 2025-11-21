--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0768dd8e6b434ca4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80d96bec3d294632" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd86974b7a75c4e12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab58a5798df74e78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8621ada9d4774c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd86974b7a75c4e12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ab3839eed104176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab58a5798df74e78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on EURO STOXX 50® Index, Nomura Nikkei 225 - ETF, S&amp;P 500®, Swiss Market Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325428394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>115,600</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,600</x:t>
-[...31 lines deleted...]
-          <x:t>116,155</x:t>
+          <x:t>115,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>