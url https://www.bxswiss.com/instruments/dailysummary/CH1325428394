--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80d96bec3d294632" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec66f8072cfe4298" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab58a5798df74e78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R829cc7d6533948cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ab3839eed104176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab58a5798df74e78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204c4c1064de4f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R829cc7d6533948cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on EURO STOXX 50® Index, Nomura Nikkei 225 - ETF, S&amp;P 500®, Swiss Market Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325428394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>29.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,365</x:t>
-[...43 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>115,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>115,855</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>