--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec66f8072cfe4298" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5854dcb22d44767" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R829cc7d6533948cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb6dd61f73e641b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204c4c1064de4f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R829cc7d6533948cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76e887a8ec2f4324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb6dd61f73e641b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on EURO STOXX 50® Index, Nomura Nikkei 225 - ETF, S&amp;P 500®, Swiss Market Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325428394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,145</x:t>
-[...112 lines deleted...]
-          <x:t>118,325</x:t>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>118,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,010</x:t>
+          <x:t>118,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>118,275</x:t>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,215</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>118,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,445</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>