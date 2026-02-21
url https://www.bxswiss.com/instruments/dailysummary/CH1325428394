--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5854dcb22d44767" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d5ff63673ae4ad9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb6dd61f73e641b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c888d3b3f64d08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76e887a8ec2f4324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb6dd61f73e641b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re271933cf2914811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c888d3b3f64d08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on EURO STOXX 50® Index, Nomura Nikkei 225 - ETF, S&amp;P 500®, Swiss Market Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325428394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>119,390</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>119,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>119,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,680</x:t>
-[...85 lines deleted...]
-          <x:t>119,860</x:t>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>