--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d5ff63673ae4ad9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd358a1e697b4aee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c888d3b3f64d08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3a1687218d64a24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re271933cf2914811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c888d3b3f64d08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ba82363283467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3a1687218d64a24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on EURO STOXX 50® Index, Nomura Nikkei 225 - ETF, S&amp;P 500®, Swiss Market Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325428394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>120,120</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,120</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>120,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>120,380</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,400</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>120,390</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,390</x:t>
-[...11 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>120,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,450</x:t>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>