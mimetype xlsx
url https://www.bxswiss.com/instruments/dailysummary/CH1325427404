--- v0 (2025-10-26)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ea4848e23724297" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R487fc453bc454578" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a5a88efcd064177"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fc9642dded24c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ddfef2916ee43d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a5a88efcd064177" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a36936e3abb4455" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fc9642dded24c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv Downside Control US Technology Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325427404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>29,795</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,565</x:t>
-[...11 lines deleted...]
-          <x:t>29,825</x:t>
+          <x:t>29,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,815</x:t>
-[...80 lines deleted...]
-          <x:t>29,965</x:t>
+          <x:t>30,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>30,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>