--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R487fc453bc454578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc11366753abc48f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fc9642dded24c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6559b03aad44444"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a36936e3abb4455" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fc9642dded24c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f126cfeeae74731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6559b03aad44444" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv Downside Control US Technology Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325427404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,975</x:t>
-[...16 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>29,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,090</x:t>
-[...4 lines deleted...]
-          <x:t>29,423</x:t>
+          <x:t>29,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,483</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>30,260</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>