--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc11366753abc48f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e0adbcc1104389" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6559b03aad44444"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R997332e5bf9b4d9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f126cfeeae74731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6559b03aad44444" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3047594dba1487a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R997332e5bf9b4d9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv Downside Control US Technology Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325427404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>30,170</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,398</x:t>
-[...48 lines deleted...]
-          <x:t>28,115</x:t>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,513</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...140 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,653</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>28,888</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>