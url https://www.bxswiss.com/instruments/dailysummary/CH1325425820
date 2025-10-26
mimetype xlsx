--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c81f3620b134505" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb16ef10d274a4709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ae04f3131b44884"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6074a859a844565"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0ce3428db274d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ae04f3131b44884" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc964bfdcad764521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6074a859a844565" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>97,130</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,130</x:t>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,520</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>97,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>