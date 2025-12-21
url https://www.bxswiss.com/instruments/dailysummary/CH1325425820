--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb16ef10d274a4709" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R641307c8353f46ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6074a859a844565"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b4d329e61fc4f22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc964bfdcad764521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6074a859a844565" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf49df5bf9346d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b4d329e61fc4f22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>97,640</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,540</x:t>
-[...328 lines deleted...]
-          <x:t>99,500</x:t>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>