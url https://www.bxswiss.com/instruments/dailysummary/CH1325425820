--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R641307c8353f46ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31b27fe3868e4150" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b4d329e61fc4f22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5fa545bf8b47f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf49df5bf9346d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b4d329e61fc4f22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65be80618b134be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5fa545bf8b47f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>98,240</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...280 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,010</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>