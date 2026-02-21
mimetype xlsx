--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31b27fe3868e4150" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R233b8bc6b4454e0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5fa545bf8b47f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R474579b6589745c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65be80618b134be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5fa545bf8b47f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6f101a2d2a042c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R474579b6589745c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,890</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>