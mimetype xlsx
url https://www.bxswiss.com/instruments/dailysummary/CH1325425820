--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R233b8bc6b4454e0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R085e80127c6b474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R474579b6589745c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd89c2c43c6b94325"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6f101a2d2a042c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R474579b6589745c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb2b125c417045ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd89c2c43c6b94325" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>