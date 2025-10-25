--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70a354333e0c4baa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb8d8446cab9495d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbb0a32cff224d25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcff043347f524bea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R494dd8522e0f46e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbb0a32cff224d25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R556082dc0a264246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcff043347f524bea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>95,990</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,810</x:t>
-[...38 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,860</x:t>
-[...560 lines deleted...]
-        <x:is>
           <x:t>97,380</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>97,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>