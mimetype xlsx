--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb8d8446cab9495d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8465ddc2c53f4430" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcff043347f524bea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95415939a84f4201"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R556082dc0a264246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcff043347f524bea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e872f90c24146f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95415939a84f4201" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>97,510</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,480</x:t>
-[...26 lines deleted...]
-          <x:t>97,550</x:t>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,030</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>99,420</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>