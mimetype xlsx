--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8465ddc2c53f4430" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R945f32095e2b4271" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95415939a84f4201"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3b718774f3149da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e872f90c24146f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95415939a84f4201" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd2f11c330c4090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3b718774f3149da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,780</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>98,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,520</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>98,780</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>