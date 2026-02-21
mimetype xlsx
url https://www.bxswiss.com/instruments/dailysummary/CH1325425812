--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R945f32095e2b4271" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2743d9468b62429c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3b718774f3149da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a573a998464215"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd2f11c330c4090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3b718774f3149da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde260b83dae6479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a573a998464215" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,720</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>