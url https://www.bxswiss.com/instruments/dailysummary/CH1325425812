--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2743d9468b62429c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ea6ee8db974d82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a573a998464215"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05d55a40b675443b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde260b83dae6479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a573a998464215" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R661e291c29064b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05d55a40b675443b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>