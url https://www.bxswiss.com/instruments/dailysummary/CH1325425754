--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd7eeb8d87814cd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb034722327f943a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0896793beb14370"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac1d51a4e4e74c38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc9f0d06e1864a56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0896793beb14370" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra78fdc546ea44636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac1d51a4e4e74c38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,570</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>97,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,600</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>