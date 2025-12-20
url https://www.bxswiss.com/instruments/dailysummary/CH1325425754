--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb034722327f943a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa091b643edc4764" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac1d51a4e4e74c38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R867e45611f0544ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra78fdc546ea44636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac1d51a4e4e74c38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b33e2cea227408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R867e45611f0544ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>98,130</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,450</x:t>
-[...296 lines deleted...]
-          <x:t>98,930</x:t>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,980</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>99,940</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>