--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa091b643edc4764" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f132bc2b2e24f57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R867e45611f0544ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12ec8b9e670f4ebc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b33e2cea227408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R867e45611f0544ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc700cc853331472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12ec8b9e670f4ebc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,410</x:t>
-[...21 lines deleted...]
-          <x:t>97,970</x:t>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,970</x:t>
-[...178 lines deleted...]
-          <x:t>98,370</x:t>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,270</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>98,720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...46 lines deleted...]
-          <x:t>98,820</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>