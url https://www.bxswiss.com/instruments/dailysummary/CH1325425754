--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f132bc2b2e24f57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ef9231d5274b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12ec8b9e670f4ebc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e03ee27200d426b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc700cc853331472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12ec8b9e670f4ebc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68aefe1ce32341a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e03ee27200d426b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,800</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>