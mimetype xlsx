--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ef9231d5274b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb04d9f544d6d4e00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e03ee27200d426b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95394d76018f47f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68aefe1ce32341a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e03ee27200d426b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1c55b9c07a94692" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95394d76018f47f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325425754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>