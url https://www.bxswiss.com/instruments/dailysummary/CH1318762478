--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55beafad4e564473" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33643b16a6b43fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23324684c57e4dae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8675cc6449b74dee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R781b72c78a14415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23324684c57e4dae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ede222e46f94bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8675cc6449b74dee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.24% p.a. Multi Barrier Reverse Convertible on Apple, Eli Lilly, KKR &amp; Co., Sandoz, Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318762478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,840</x:t>
-[...85 lines deleted...]
-          <x:t>94,520</x:t>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...366 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,920</x:t>
-[...134 lines deleted...]
-          <x:t>96,160</x:t>
+          <x:t>94,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>