--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33643b16a6b43fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02b45fb53c034385" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8675cc6449b74dee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b36bf7393c94aa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ede222e46f94bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8675cc6449b74dee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R066cee7fe0b44ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b36bf7393c94aa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.24% p.a. Multi Barrier Reverse Convertible on Apple, Eli Lilly, KKR &amp; Co., Sandoz, Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318762478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,340</x:t>
-[...382 lines deleted...]
-          <x:t>94,010</x:t>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>