--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02b45fb53c034385" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0d30495ca364480" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b36bf7393c94aa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6daeae763d224076"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R066cee7fe0b44ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b36bf7393c94aa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf11f27a3ab344d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6daeae763d224076" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.24% p.a. Multi Barrier Reverse Convertible on Apple, Eli Lilly, KKR &amp; Co., Sandoz, Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318762478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>96,300</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,080</x:t>
-[...43 lines deleted...]
-          <x:t>96,700</x:t>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,530</x:t>
-[...21 lines deleted...]
-          <x:t>95,290</x:t>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>98,140</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>