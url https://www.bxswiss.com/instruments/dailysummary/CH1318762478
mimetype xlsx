--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0d30495ca364480" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffd2f9d47dbd40b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6daeae763d224076"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R675a803e27b5455d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf11f27a3ab344d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6daeae763d224076" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51e20b39d2e54198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R675a803e27b5455d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.24% p.a. Multi Barrier Reverse Convertible on Apple, Eli Lilly, KKR &amp; Co., Sandoz, Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318762478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>