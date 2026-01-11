--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8eb6dc9a8db4c56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a5e901e9b6c49d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13913137824f4da8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red0c0fabbc534ebf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61dd3d89289d4996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13913137824f4da8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re512df72de7f4b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red0c0fabbc534ebf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Holcim Amrize Basket, Nvidia, Sika, Straumann, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318762460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>96,450</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,730</x:t>
-[...318 lines deleted...]
-          <x:t>94,750</x:t>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,410</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>96,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>