--- v1 (2026-01-11)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a5e901e9b6c49d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6448f0c297f4529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red0c0fabbc534ebf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eaca6db5d4841dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re512df72de7f4b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red0c0fabbc534ebf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84fdee9454af458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eaca6db5d4841dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Holcim Amrize Basket, Nvidia, Sika, Straumann, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318762460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>94,380</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...317 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>