--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6448f0c297f4529" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca36eb048fa94c4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eaca6db5d4841dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13140f3c8761485f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84fdee9454af458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eaca6db5d4841dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14972e2c80b140ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13140f3c8761485f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Holcim Amrize Basket, Nvidia, Sika, Straumann, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318762460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>88,980</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,530</x:t>
-[...11 lines deleted...]
-          <x:t>15.01.2026</x:t>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,610</x:t>
-[...387 lines deleted...]
-          <x:t>90,630</x:t>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>