--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca36eb048fa94c4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refcaf12acc2f42ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13140f3c8761485f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0cd1696ff7f49a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14972e2c80b140ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13140f3c8761485f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf495d8fe96734adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0cd1696ff7f49a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Holcim Amrize Basket, Nvidia, Sika, Straumann, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318762460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,330</x:t>
-[...576 lines deleted...]
-          <x:t>91,330</x:t>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>