--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89f630481c654df1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2578c2b30b21403d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc73f369d4e554f5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f7646ccf363426b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R215cc63a3f2247f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc73f369d4e554f5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1a740909c264943" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f7646ccf363426b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.28% p.a. Multi Barrier Reverse Convertible on Holcim Amrize Basket, Nvidia, Sika, Straumann, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318762452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>