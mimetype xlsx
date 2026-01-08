--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2578c2b30b21403d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45452c9ee6654376" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f7646ccf363426b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51d90a85f3b843fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1a740909c264943" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f7646ccf363426b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b9f5cf9d49c41c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51d90a85f3b843fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.28% p.a. Multi Barrier Reverse Convertible on Holcim Amrize Basket, Nvidia, Sika, Straumann, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318762452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>96,710</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>96,030</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>96,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,100</x:t>
-[...193 lines deleted...]
-          <x:t>96,890</x:t>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>