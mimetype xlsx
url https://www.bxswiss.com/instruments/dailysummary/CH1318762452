--- v2 (2026-01-08)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45452c9ee6654376" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7213286cd8454a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51d90a85f3b843fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45215f0d291d4910"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b9f5cf9d49c41c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51d90a85f3b843fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad4f1caac674eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45215f0d291d4910" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.28% p.a. Multi Barrier Reverse Convertible on Holcim Amrize Basket, Nvidia, Sika, Straumann, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318762452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,448 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>95,010</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,010</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>95,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,510</x:t>
         </x:is>
       </x:c>
@@ -602,31 +224,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>