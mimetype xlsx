--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7213286cd8454a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac570f6543b4bbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45215f0d291d4910"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbcc2242616444e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad4f1caac674eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45215f0d291d4910" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra21a4742a1094bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbcc2242616444e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.28% p.a. Multi Barrier Reverse Convertible on Holcim Amrize Basket, Nvidia, Sika, Straumann, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318762452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>90,930</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,440</x:t>
+          <x:t>91,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...370 lines deleted...]
-          <x:t>91,910</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>