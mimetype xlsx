--- v4 (2026-02-25)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac570f6543b4bbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b1c2d4159d41a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbcc2242616444e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57b2f23eb9274c14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra21a4742a1094bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbcc2242616444e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66306e00a1934732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57b2f23eb9274c14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.28% p.a. Multi Barrier Reverse Convertible on Holcim Amrize Basket, Nvidia, Sika, Straumann, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318762452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>88,700</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,160</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>92,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>