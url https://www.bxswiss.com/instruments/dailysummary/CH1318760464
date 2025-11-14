--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87519fb4aeba4572" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13bba7a2f5904c98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6a2a8014aa94e9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R478b1e7561664c7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f68636bae3f4845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6a2a8014aa94e9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae0946c0ccb1406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R478b1e7561664c7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on Nike</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318760464</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>99,250</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,300</x:t>
-[...335 lines deleted...]
-          <x:t>98,520</x:t>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>97,210</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...127 lines deleted...]
-          <x:t>100,655</x:t>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>