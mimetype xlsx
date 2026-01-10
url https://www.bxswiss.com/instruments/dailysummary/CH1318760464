--- v1 (2025-11-14)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13bba7a2f5904c98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4147387bcd044c5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R478b1e7561664c7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d4d807a79ca4210"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae0946c0ccb1406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R478b1e7561664c7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7fd369943874c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d4d807a79ca4210" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on Nike</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318760464</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>98,920</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>99,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,620</x:t>
-[...249 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,060</x:t>
-[...279 lines deleted...]
-          <x:t>96,430</x:t>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>