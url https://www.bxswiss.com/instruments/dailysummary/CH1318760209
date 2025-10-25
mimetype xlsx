--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7ad3d52490d4dd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e6383217d0d45b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3129cbb8223482e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54f0e253231049c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0923e75675694336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3129cbb8223482e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra720cb4b46c541ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54f0e253231049c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318760209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,210</x:t>
-[...603 lines deleted...]
-          <x:t>89,840</x:t>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>