--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e6383217d0d45b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a710123770b4a64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54f0e253231049c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dac718e19a3440b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra720cb4b46c541ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54f0e253231049c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d289c29563347cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dac718e19a3440b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318760209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>92,800</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>