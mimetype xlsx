--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a710123770b4a64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R156aa1bf5b4f4d02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dac718e19a3440b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ab3e94b6f9f4571"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d289c29563347cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dac718e19a3440b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R296713d3f10b4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ab3e94b6f9f4571" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318760209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>