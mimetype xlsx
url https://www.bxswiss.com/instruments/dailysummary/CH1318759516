--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349c5b56baf34515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2cb8e770d6f446c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R202482bc81e04a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe786453e72d4443"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4866a811e274458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R202482bc81e04a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02d3e9de01bf434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe786453e72d4443" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318759516</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>