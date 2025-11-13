--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2cb8e770d6f446c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb189d084dd1d48d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe786453e72d4443"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R847fa629f9fc4272"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02d3e9de01bf434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe786453e72d4443" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9552bb6441a54b34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R847fa629f9fc4272" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318759516</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>98,210</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>98,300</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,910</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>97,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>97,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,370</x:t>
-[...247 lines deleted...]
-          <x:t>97,700</x:t>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>