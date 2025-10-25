--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ae67dcf63084bc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a49c229e3347c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4897ba1d67141e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b43cbb5f01245d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra288cc27c5a6470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4897ba1d67141e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8300e389ce346aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b43cbb5f01245d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on BASF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318756777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>100,080</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>99,780</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>100,120</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...310 lines deleted...]
-          <x:t>100,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,925</x:t>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>