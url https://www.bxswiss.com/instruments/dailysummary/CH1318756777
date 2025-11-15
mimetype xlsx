--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a49c229e3347c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5068c88f1ae4bfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b43cbb5f01245d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1117dbc5a474fe0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8300e389ce346aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b43cbb5f01245d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc88ea2b79a484b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1117dbc5a474fe0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on BASF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1318756777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>100,180</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,090</x:t>
-[...75 lines deleted...]
-          <x:t>100,925</x:t>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,925</x:t>
-[...11 lines deleted...]
-          <x:t>100,955</x:t>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,135</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-          <x:t>21.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,175</x:t>
-[...16 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>101,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>101,185</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>24.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,235</x:t>
-[...4 lines deleted...]
-          <x:t>101,275</x:t>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>