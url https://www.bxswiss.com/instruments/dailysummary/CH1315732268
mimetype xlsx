--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68392e712edd4a4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb402669245da47e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91e7775da6ed46c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32c3be945b564f36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc364f76c085b4739" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91e7775da6ed46c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fad014c6709429b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32c3be945b564f36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Galaxy Physical Ethereum ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1315732268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>6,140</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,906</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>11,145</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>