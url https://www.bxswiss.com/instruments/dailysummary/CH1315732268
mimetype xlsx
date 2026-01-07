--- v1 (2025-11-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb402669245da47e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99d9757feb3348c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32c3be945b564f36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1e7c10391a84a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fad014c6709429b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32c3be945b564f36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1e341f5ded64cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1e7c10391a84a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Galaxy Physical Ethereum ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1315732268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...571 lines deleted...]
-          <x:t>7,009</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,875</x:t>
-[...4 lines deleted...]
-          <x:t>7,066</x:t>
+          <x:t>7,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>