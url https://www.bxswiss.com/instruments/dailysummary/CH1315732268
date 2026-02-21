--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99d9757feb3348c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf99510d714854fe1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1e7c10391a84a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1640733f315347b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1e341f5ded64cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1e7c10391a84a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4196ed1844c54e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1640733f315347b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Galaxy Physical Ethereum ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1315732268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,132</x:t>
-[...198 lines deleted...]
-          <x:t>7,713</x:t>
+          <x:t>6,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>