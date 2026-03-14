--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf99510d714854fe1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91cfd1fcacf14f38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1640733f315347b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ce41c3a3895405f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4196ed1844c54e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1640733f315347b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61734078f34b42c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ce41c3a3895405f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Galaxy Physical Ethereum ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1315732268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,774</x:t>
-[...252 lines deleted...]
-          <x:t>4,525</x:t>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>