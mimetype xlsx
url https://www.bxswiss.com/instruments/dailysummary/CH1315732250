--- v0 (2025-10-13)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd4d15aece05475b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R757d76ef2d354680" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01e2b91bd8194cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b82888de9240d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9e5ee7006384b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01e2b91bd8194cee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44aee208abd4ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b82888de9240d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Galaxy Physical Bitcoin ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1315732250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>15,000</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,000</x:t>
-[...355 lines deleted...]
-          <x:t>16,034</x:t>
+          <x:t>15,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>