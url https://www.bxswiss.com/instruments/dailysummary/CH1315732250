--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R757d76ef2d354680" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf6359c6d884b50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b82888de9240d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65ce7f41572f4b4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44aee208abd4ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b82888de9240d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49d5eff6c3d545fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65ce7f41572f4b4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Galaxy Physical Bitcoin ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1315732250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>