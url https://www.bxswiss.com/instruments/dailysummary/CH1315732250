--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf6359c6d884b50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5166a1070cc4eb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65ce7f41572f4b4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc08bd6685434ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49d5eff6c3d545fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65ce7f41572f4b4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8a9a55f67be470e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc08bd6685434ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Galaxy Physical Bitcoin ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1315732250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>12,779</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,928</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>12,553</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,562</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>13,067</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,976</x:t>
-[...296 lines deleted...]
-          <x:t>12,243</x:t>
+          <x:t>12,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>