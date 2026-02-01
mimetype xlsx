--- v3 (2026-01-11)
+++ v4 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5166a1070cc4eb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf279c664ce14ab9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc08bd6685434ca0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e4e28ff0ed24911"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8a9a55f67be470e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc08bd6685434ca0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ab8392cd6f441b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e4e28ff0ed24911" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Galaxy Physical Bitcoin ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1315732250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,204</x:t>
-[...333 lines deleted...]
-          <x:t>12,733</x:t>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>