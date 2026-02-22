--- v4 (2026-02-01)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf279c664ce14ab9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b5d2b52bf0463e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e4e28ff0ed24911"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a893b6a5fa84355"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ab8392cd6f441b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e4e28ff0ed24911" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R728af9be331042e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a893b6a5fa84355" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Galaxy Physical Bitcoin ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1315732250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,389 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>12,768</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,768</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>12,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,364</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,453</x:t>
         </x:is>
       </x:c>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>