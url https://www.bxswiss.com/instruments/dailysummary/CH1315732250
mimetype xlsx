--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b5d2b52bf0463e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf87b5839967b40bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a893b6a5fa84355"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83b20e0ab64444a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R728af9be331042e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a893b6a5fa84355" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94165ec84c7e4f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83b20e0ab64444a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Galaxy Physical Bitcoin ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1315732250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>9,486</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,295</x:t>
-[...75 lines deleted...]
-          <x:t>8,000</x:t>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,832</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>9,021</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,857</x:t>
-[...31 lines deleted...]
-          <x:t>9,080</x:t>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>