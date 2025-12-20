--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12247b3f07b44e55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bfb718231a445e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80b1801267ce4236"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36777f4f4d214f26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5a2cf99b4c04cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80b1801267ce4236" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c8d70145e934fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36777f4f4d214f26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on the Adaptivv Downside Control Bitcoin ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314031258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>49,373</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>