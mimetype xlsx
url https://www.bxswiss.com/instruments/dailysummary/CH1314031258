--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bfb718231a445e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0ee42252d5c479b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36777f4f4d214f26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc834f93ba5674b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c8d70145e934fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36777f4f4d214f26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2a96c09294f420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc834f93ba5674b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on the Adaptivv Downside Control Bitcoin ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314031258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>41,150</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,125</x:t>
-[...16 lines deleted...]
-          <x:t>41,755</x:t>
+          <x:t>41,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,393</x:t>
-[...254 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>42,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,970</x:t>
-[...112 lines deleted...]
-          <x:t>42,313</x:t>
+          <x:t>42,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,488</x:t>
-        </x:is>
-[...133 lines deleted...]
-          <x:t>42,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>