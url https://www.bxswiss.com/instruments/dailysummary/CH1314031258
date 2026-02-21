--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0ee42252d5c479b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54dbd7b5e7e34e01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc834f93ba5674b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc52e76910d164f93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2a96c09294f420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc834f93ba5674b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d7a4680df144711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc52e76910d164f93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on the Adaptivv Downside Control Bitcoin ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314031258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>42,488</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>