--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54dbd7b5e7e34e01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3856cc3c0264ddf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc52e76910d164f93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80d879a94883469d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d7a4680df144711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc52e76910d164f93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re31a308119524f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80d879a94883469d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on the Adaptivv Downside Control Bitcoin ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314031258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>35,568</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,593</x:t>
-[...75 lines deleted...]
-          <x:t>34,533</x:t>
+          <x:t>34,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,850</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>34,443</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,698</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>34,905</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,553</x:t>
-[...107 lines deleted...]
-          <x:t>34,443</x:t>
+          <x:t>34,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>