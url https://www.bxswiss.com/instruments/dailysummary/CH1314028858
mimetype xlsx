--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e44e2ee0724f4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bc954ebe24c47a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7412c19ef514438"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41752f975b2d4085"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8844b7eae0f9481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7412c19ef514438" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71dfd27b72be49a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41752f975b2d4085" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Long-Short US Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>58,665</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>25.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,425</x:t>
-[...70 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>01.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,635</x:t>
-[...242 lines deleted...]
-          <x:t>58,465</x:t>
+          <x:t>58,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,335</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,525</x:t>
-[...144 lines deleted...]
-          <x:t>58,945</x:t>
+          <x:t>58,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>