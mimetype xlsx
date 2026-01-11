--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bc954ebe24c47a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R590eb6d239914ed5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41752f975b2d4085"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf43f99a71846466f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71dfd27b72be49a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41752f975b2d4085" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c238f0a79844e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf43f99a71846466f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Long-Short US Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>58,175</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,175</x:t>
-[...43 lines deleted...]
-          <x:t>58,405</x:t>
+          <x:t>58,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,405</x:t>
-[...97 lines deleted...]
-          <x:t>58,435</x:t>
+          <x:t>57,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,315</x:t>
-[...33 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,495</x:t>
-[...21 lines deleted...]
-          <x:t>58,575</x:t>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,475</x:t>
-[...107 lines deleted...]
-          <x:t>58,365</x:t>
+          <x:t>58,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,555</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,725</x:t>
-[...144 lines deleted...]
-          <x:t>58,365</x:t>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>