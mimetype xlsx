--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R590eb6d239914ed5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R308f8b535014457e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf43f99a71846466f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4074ae8f81f141a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c238f0a79844e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf43f99a71846466f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27ad323daa714a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4074ae8f81f141a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Long-Short US Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>58,475</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,385</x:t>
-[...60 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>58,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,515</x:t>
-[...4 lines deleted...]
-          <x:t>58,295</x:t>
+          <x:t>58,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,335</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>58,495</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,475</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>58,865</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>58,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>