--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R308f8b535014457e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a89775fbff4d43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4074ae8f81f141a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e274ad227a64ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27ad323daa714a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4074ae8f81f141a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R825bb714020142cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e274ad227a64ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Long-Short US Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,645</x:t>
-[...462 lines deleted...]
-        <x:is>
           <x:t>58,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>58,485</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>58,865</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>