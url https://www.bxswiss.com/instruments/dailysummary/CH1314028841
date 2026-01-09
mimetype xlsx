--- v0 (2025-10-25)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd443bdce76754688" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fc8465fa20f4e23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12305a4d9a4a4c1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f6e538d40f144e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R328ae6a21a4f4a6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12305a4d9a4a4c1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reddc6b3d383945c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f6e538d40f144e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Dynamic Tech Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>263,850</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>263,250</x:t>
-[...21 lines deleted...]
-          <x:t>261,450</x:t>
+          <x:t>257,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>264,800</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>264,300</x:t>
-[...382 lines deleted...]
-          <x:t>268,475</x:t>
+          <x:t>267,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>