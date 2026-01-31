--- v1 (2026-01-09)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fc8465fa20f4e23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c10a89872544d54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f6e538d40f144e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb03e9e0cce14426"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reddc6b3d383945c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f6e538d40f144e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbceb0f32bdd44931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb03e9e0cce14426" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Dynamic Tech Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>264,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>267,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>29.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>264,850</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>