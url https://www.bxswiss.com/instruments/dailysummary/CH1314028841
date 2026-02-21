--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c10a89872544d54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4130f73f896e4740" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb03e9e0cce14426"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0952173d2d24900"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbceb0f32bdd44931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb03e9e0cce14426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eb6091058e54a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0952173d2d24900" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Dynamic Tech Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>265,325</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>266,075</x:t>
-[...193 lines deleted...]
-          <x:t>265,225</x:t>
+          <x:t>266,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>260,900</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>258,800</x:t>
-[...193 lines deleted...]
-          <x:t>267,475</x:t>
+          <x:t>259,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>