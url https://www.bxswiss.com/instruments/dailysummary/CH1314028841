--- v3 (2026-02-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4130f73f896e4740" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R518c18fc4c72430c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0952173d2d24900"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0fe1b2c0c7841a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eb6091058e54a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0952173d2d24900" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9659c75155644c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0fe1b2c0c7841a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Dynamic Tech Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>