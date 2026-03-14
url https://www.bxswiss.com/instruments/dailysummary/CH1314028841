--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R518c18fc4c72430c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfafced4fefb4256" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0fe1b2c0c7841a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9adf3b7b0ca43e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9659c75155644c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0fe1b2c0c7841a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8ec1d4123804c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9adf3b7b0ca43e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Dynamic Tech Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>260,750</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>258,800</x:t>
-[...281 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>259,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>259,950</x:t>
-[...43 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>259,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>263,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>261,100</x:t>
-[...188 lines deleted...]
-          <x:t>259,200</x:t>
+          <x:t>257,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>