--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47e8e03bc3324600" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88c346a7f73d4c9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf568b65d51e4a16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc9acf95c7624cbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8051356427e456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf568b65d51e4a16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf838fbb65bec4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc9acf95c7624cbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Dynamic US Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,860</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>23.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,070</x:t>
-[...178 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>115,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,530</x:t>
-[...36 lines deleted...]
-          <x:t>115,730</x:t>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>