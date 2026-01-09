--- v1 (2025-10-30)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88c346a7f73d4c9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7929a7e58ea7437f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc9acf95c7624cbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38bd7b31342a44b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf838fbb65bec4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc9acf95c7624cbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6139abcd514643a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38bd7b31342a44b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Dynamic US Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>113,960</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,960</x:t>
-[...16 lines deleted...]
-          <x:t>115,310</x:t>
+          <x:t>115,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,010</x:t>
-[...11 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>115,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,730</x:t>
-[...399 lines deleted...]
-          <x:t>115,770</x:t>
+          <x:t>116,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,670</x:t>
-[...112 lines deleted...]
-          <x:t>117,090</x:t>
+          <x:t>116,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>