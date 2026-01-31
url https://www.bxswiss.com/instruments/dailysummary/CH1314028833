--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7929a7e58ea7437f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Race8cad31d5d4657" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38bd7b31342a44b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcea29dd02e242e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6139abcd514643a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38bd7b31342a44b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R835f136baab241ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcea29dd02e242e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Dynamic US Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,050</x:t>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,510</x:t>
-[...11 lines deleted...]
-          <x:t>115,590</x:t>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,710</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>116,590</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>116,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>116,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,390</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>116,610</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,530</x:t>
+          <x:t>116,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>