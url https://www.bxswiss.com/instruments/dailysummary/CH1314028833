--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Race8cad31d5d4657" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cf409fae9d44f68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcea29dd02e242e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b494b29d5584892"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R835f136baab241ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcea29dd02e242e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a9d35a2f5a4bb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b494b29d5584892" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Dynamic US Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,230</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,230</x:t>
-[...102 lines deleted...]
-          <x:t>116,610</x:t>
+          <x:t>115,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>116,770</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,650</x:t>
-[...161 lines deleted...]
-          <x:t>116,910</x:t>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>