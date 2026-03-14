--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cf409fae9d44f68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7c08e7d15874155" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b494b29d5584892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a0efef4e2ec4040"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a9d35a2f5a4bb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b494b29d5584892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46071e53c4f94041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a0efef4e2ec4040" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Dynamic US Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>114,890</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,810</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...499 lines deleted...]
-          <x:t>17.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,390</x:t>
+          <x:t>114,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,170</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>115,910</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>