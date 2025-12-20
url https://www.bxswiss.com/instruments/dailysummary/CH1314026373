--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2390466b9b78401c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c8d6b8b03f54ced" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cacaf166fa1493e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e30fe9ed3ec40f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5274adc40fbb487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cacaf166fa1493e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3d5ab0361764413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e30fe9ed3ec40f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314026373</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>95,940</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>102,340</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>