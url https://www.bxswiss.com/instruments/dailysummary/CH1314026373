--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c8d6b8b03f54ced" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66c7333f483448c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e30fe9ed3ec40f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5c184baf49f4994"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3d5ab0361764413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e30fe9ed3ec40f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R037d6c3313864a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5c184baf49f4994" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314026373</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>108,605</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
-[...370 lines deleted...]
-          <x:t>112,310</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>