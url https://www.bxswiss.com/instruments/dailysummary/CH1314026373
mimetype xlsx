--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66c7333f483448c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R025e99b2cd964dd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5c184baf49f4994"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8ec88e7293145df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R037d6c3313864a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5c184baf49f4994" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R157b9a30bc044ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8ec88e7293145df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314026373</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,293 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>110,420</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>